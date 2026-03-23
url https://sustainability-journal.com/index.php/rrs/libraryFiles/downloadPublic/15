--- v0 (2026-02-04)
+++ v1 (2026-03-23)
@@ -368,154 +368,184 @@
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F145A43" w14:textId="77777777" w:rsidR="00CF5756" w:rsidRPr="00CF5756" w:rsidRDefault="00CF5756" w:rsidP="003375CD">
       <w:pPr>
         <w:pStyle w:val="Text"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6229"/>
         </w:tabs>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3B7F30D7" w14:textId="5D060433" w:rsidR="00CF5756" w:rsidRPr="006079A9" w:rsidRDefault="00CF5756" w:rsidP="00CF5756">
+    <w:p w14:paraId="3B7F30D7" w14:textId="05169A3F" w:rsidR="00CF5756" w:rsidRPr="006079A9" w:rsidRDefault="00CF5756" w:rsidP="00CF5756">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006F2BE0">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="006F2BE0">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:t>Affiliation</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t>Affiliation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19816925" w14:textId="4F2804D4" w:rsidR="00CF5756" w:rsidRDefault="00CF5756" w:rsidP="00CF5756">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2BE0">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="006F2BE0">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:t>Affil</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C013FC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:t>i</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>Affil</w:t>
+      </w:r>
+      <w:r w:rsidR="00C013FC">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:t>ation</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t>ation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69046636" w14:textId="4514DFFB" w:rsidR="00C013FC" w:rsidRPr="006079A9" w:rsidRDefault="00C013FC" w:rsidP="00CF5756">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2BE0">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="006F2BE0">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>Affiliation</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7572462B" w14:textId="77777777" w:rsidR="008E1EB4" w:rsidRDefault="008E1EB4" w:rsidP="00FA54DC"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
@@ -2851,91 +2881,91 @@
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> Formulas should fit into the formula box appropriately, If the formulas are numbered, then the numbers need to be sequential. If the equation is text equation, please also put it into a formula box, e.g., Equation (2) see below</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8312" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7792"/>
         <w:gridCol w:w="520"/>
       </w:tblGrid>
       <w:tr w:rsidR="008A4AA3" w:rsidRPr="003827A7" w14:paraId="526F47E0" w14:textId="77777777" w:rsidTr="00850472">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7792" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5FF7000C" w14:textId="77777777" w:rsidR="008A4AA3" w:rsidRPr="0006500D" w:rsidRDefault="002E2098" w:rsidP="00850472">
+          <w:p w14:paraId="5FF7000C" w14:textId="77777777" w:rsidR="008A4AA3" w:rsidRPr="0006500D" w:rsidRDefault="002C28A3" w:rsidP="00850472">
             <w:pPr>
               <w:pStyle w:val="MDPI39equation"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E2098">
+            <w:r w:rsidRPr="002C28A3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:snapToGrid/>
                 <w:position w:val="-26"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:object w:dxaOrig="1740" w:dyaOrig="580" w14:anchorId="11755F5F">
+              <w:object w:dxaOrig="1740" w:dyaOrig="580" w14:anchorId="017DE89C">
                 <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                   <v:stroke joinstyle="miter"/>
                   <v:formulas>
                     <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                     <v:f eqn="sum @0 1 0"/>
                     <v:f eqn="sum 0 0 @1"/>
                     <v:f eqn="prod @2 1 2"/>
                     <v:f eqn="prod @3 21600 pixelWidth"/>
                     <v:f eqn="prod @3 21600 pixelHeight"/>
                     <v:f eqn="sum @0 0 1"/>
                     <v:f eqn="prod @6 1 2"/>
                     <v:f eqn="prod @7 21600 pixelWidth"/>
                     <v:f eqn="sum @8 21600 0"/>
                     <v:f eqn="prod @7 21600 pixelHeight"/>
                     <v:f eqn="sum @10 21600 0"/>
                   </v:formulas>
                   <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                   <o:lock v:ext="edit" aspectratio="t"/>
                 </v:shapetype>
-                <v:shape id="_x0000_i1025" type="#_x0000_t75" alt="" style="width:87.7pt;height:27.5pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:ole="" fillcolor="window">
+                <v:shape id="_x0000_i1025" type="#_x0000_t75" alt="" style="width:87.8pt;height:27.7pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:ole="" fillcolor="window">
                   <v:imagedata r:id="rId16" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1831533616" r:id="rId17"/>
+                <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1832480067" r:id="rId17"/>
               </w:object>
             </w:r>
             <w:r w:rsidR="008A4AA3" w:rsidRPr="0006500D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="21C9B69C" w14:textId="77777777" w:rsidR="008A4AA3" w:rsidRPr="003827A7" w:rsidRDefault="008A4AA3" w:rsidP="00850472">
             <w:pPr>
               <w:pStyle w:val="MDPI3aequationnumber"/>
               <w:spacing w:line="260" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
@@ -3834,118 +3864,149 @@
       <w:r w:rsidRPr="004E2118">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>manuscript, ensuring accuracy and completeness. Supervision – Supervised the study. All authors have read and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004E2118">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>approved the final version of the manuscript.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C2E8DA9" w14:textId="77777777" w:rsidR="008A4AA3" w:rsidRPr="004E2118" w:rsidRDefault="008A4AA3" w:rsidP="008A4AA3">
+    <w:p w14:paraId="4A177EF0" w14:textId="77777777" w:rsidR="003B3B59" w:rsidRPr="004E2118" w:rsidRDefault="003B3B59" w:rsidP="003B3B59">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:r w:rsidRPr="004E2118">
-        <w:t>DISCLOSURE STATEMENT</w:t>
+      <w:r w:rsidRPr="00F91224">
+        <w:t>COMPETING INTERESTS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30FD5E24" w14:textId="77777777" w:rsidR="008A4AA3" w:rsidRDefault="008A4AA3" w:rsidP="008A4AA3">
+    <w:p w14:paraId="024B4BBD" w14:textId="77777777" w:rsidR="00AB7DFE" w:rsidRDefault="00AB7DFE" w:rsidP="00AB7DFE">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004E2118">
+      <w:r w:rsidRPr="00C12405">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-        <w:t>No potential conflict of interest was reported by the author(s).</w:t>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Insert statement</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03116B71" w14:textId="77777777" w:rsidR="008A4AA3" w:rsidRPr="004E2118" w:rsidRDefault="008A4AA3" w:rsidP="008A4AA3">
+    <w:p w14:paraId="42DA271C" w14:textId="77777777" w:rsidR="003B3B59" w:rsidRPr="004E2118" w:rsidRDefault="003B3B59" w:rsidP="003B3B59">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:r w:rsidRPr="004E2118">
-        <w:t>FUNDING</w:t>
+      <w:r w:rsidRPr="00F91224">
+        <w:t>DATA ACCESSIBILITY</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E5371CB" w14:textId="657EB784" w:rsidR="008A4AA3" w:rsidRDefault="00C12405" w:rsidP="008A4AA3">
+    <w:p w14:paraId="461B3511" w14:textId="77777777" w:rsidR="003B3B59" w:rsidRDefault="003B3B59" w:rsidP="003B3B59">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C12405">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Insert statement</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="724144DF" w14:textId="77777777" w:rsidR="008A4AA3" w:rsidRPr="004E2118" w:rsidRDefault="008A4AA3" w:rsidP="008A4AA3">
+    <w:p w14:paraId="1CCF9A21" w14:textId="77777777" w:rsidR="003B3B59" w:rsidRDefault="003B3B59" w:rsidP="003B3B59">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
+      <w:r w:rsidRPr="00F91224">
+        <w:t>ETHICAL APPROVAL</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6358AC5E" w14:textId="77777777" w:rsidR="003B3B59" w:rsidRPr="00F91224" w:rsidRDefault="003B3B59" w:rsidP="003B3B59">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C12405">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Insert statement</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BD97DD2" w14:textId="77777777" w:rsidR="003B3B59" w:rsidRPr="004E2118" w:rsidRDefault="003B3B59" w:rsidP="003B3B59">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
       <w:r w:rsidRPr="004E2118">
-        <w:t>DATA AVAILABILITY STATEMENT</w:t>
+        <w:t>FUNDING</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CFC24D5" w14:textId="586A8EB3" w:rsidR="008A4AA3" w:rsidRDefault="00C12405" w:rsidP="008A4AA3">
+    <w:p w14:paraId="41BCBBCD" w14:textId="77777777" w:rsidR="003B3B59" w:rsidRDefault="003B3B59" w:rsidP="003B3B59">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C12405">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Insert statement</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43AC84FE" w14:textId="77777777" w:rsidR="008A4AA3" w:rsidRPr="00E236D3" w:rsidRDefault="008A4AA3" w:rsidP="008A4AA3">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
@@ -4236,51 +4297,50 @@
         <w:snapToGrid w:val="0"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00142776">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Webpages / PDFs:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41E31C7E" w14:textId="77777777" w:rsidR="008A4AA3" w:rsidRPr="00142776" w:rsidRDefault="008A4AA3" w:rsidP="00C07B7B">
       <w:pPr>
         <w:pStyle w:val="Text"/>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00142776">
-        <w:lastRenderedPageBreak/>
         <w:t>Author, A Year Title, date of publication. Available at URL [Last accessed date month year].</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40C8E703" w14:textId="77777777" w:rsidR="008A4AA3" w:rsidRPr="00142776" w:rsidRDefault="008A4AA3" w:rsidP="00C07B7B">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="765344BD" w14:textId="77777777" w:rsidR="008A4AA3" w:rsidRPr="00142776" w:rsidRDefault="008A4AA3" w:rsidP="00C07B7B">
       <w:pPr>
         <w:pStyle w:val="Text"/>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00142776">
@@ -4559,138 +4619,138 @@
         <w:ind w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="008A4AA3" w:rsidRPr="008A4AA3" w:rsidSect="00C46298">
       <w:footerReference w:type="default" r:id="rId19"/>
       <w:headerReference w:type="first" r:id="rId20"/>
       <w:footerReference w:type="first" r:id="rId21"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="953" w:right="1134" w:bottom="953" w:left="1134" w:header="567" w:footer="567" w:gutter="0"/>
       <w:pgNumType w:start="2"/>
       <w:cols w:space="288"/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1952E9AF" w14:textId="77777777" w:rsidR="002E2098" w:rsidRDefault="002E2098">
+    <w:p w14:paraId="52951D79" w14:textId="77777777" w:rsidR="002C28A3" w:rsidRDefault="002C28A3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3272A0DF" w14:textId="77777777" w:rsidR="002E2098" w:rsidRDefault="002E2098">
+    <w:p w14:paraId="1FFD2E58" w14:textId="77777777" w:rsidR="002C28A3" w:rsidRDefault="002C28A3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Palatino Linotype">
     <w:panose1 w:val="02040502050505030304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000287" w:usb1="40000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cordia New">
     <w:panose1 w:val="020B0304020202020204"/>
     <w:charset w:val="DE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian">
     <w:altName w:val="等线"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="420024FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian Light">
     <w:altName w:val="等线 Light"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
@@ -5313,57 +5373,57 @@
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="6237" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="713155A0" w14:textId="77777777" w:rsidR="008A4AA3" w:rsidRDefault="008A4AA3" w:rsidP="00D03E8A">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="2A2CA22F" w14:textId="77777777" w:rsidR="008A4AA3" w:rsidRDefault="008A4AA3">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1D460FB3" w14:textId="77777777" w:rsidR="002E2098" w:rsidRDefault="002E2098">
+    <w:p w14:paraId="2BA8E5D0" w14:textId="77777777" w:rsidR="002C28A3" w:rsidRDefault="002C28A3">
       <w:bookmarkStart w:id="0" w:name="_Hlk166601040"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="405CEE88" w14:textId="77777777" w:rsidR="002E2098" w:rsidRDefault="002E2098">
+    <w:p w14:paraId="5385619E" w14:textId="77777777" w:rsidR="002C28A3" w:rsidRDefault="002C28A3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="TableGrid"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
@@ -5559,51 +5619,51 @@
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="60D8633A" w14:textId="77777777" w:rsidR="008A4AA3" w:rsidRPr="00705C39" w:rsidRDefault="008A4AA3" w:rsidP="003E18A7">
     <w:pPr>
       <w:pStyle w:val="Text"/>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="left"/>
       <w:rPr>
         <w:sz w:val="21"/>
         <w:szCs w:val="21"/>
         <w:lang w:eastAsia="zh-CN"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2D9D4325" w14:textId="4A224FB0" w:rsidR="008A4AA3" w:rsidRPr="001E336E" w:rsidRDefault="009B273B" w:rsidP="00FA54DC">
+  <w:p w14:paraId="2D9D4325" w14:textId="1D9638DD" w:rsidR="008A4AA3" w:rsidRPr="001E336E" w:rsidRDefault="009B273B" w:rsidP="00FA54DC">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="009B273B">
       <w:rPr>
         <w:rStyle w:val="Emphasis"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>Research and Reviews in Sustainability</w:t>
     </w:r>
     <w:r w:rsidR="008A4AA3" w:rsidRPr="001E336E">
       <w:rPr>
         <w:rStyle w:val="Emphasis"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
@@ -5620,50 +5680,76 @@
     </w:r>
     <w:r w:rsidR="008A4AA3" w:rsidRPr="001E336E">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Volume </w:t>
     </w:r>
     <w:r w:rsidR="008C1EA3">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="zh-CN"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="008A4AA3" w:rsidRPr="001E336E">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> (2026)</w:t>
+    </w:r>
+    <w:r w:rsidR="005727DD">
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="005727DD" w:rsidRPr="001E336E">
+      <w:rPr>
+        <w:rStyle w:val="Emphasis"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve">| </w:t>
+    </w:r>
+    <w:r w:rsidR="005727DD" w:rsidRPr="001E336E">
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>ISSN 2977-8441</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="0525A5BB" w14:textId="77777777" w:rsidR="008A4AA3" w:rsidRDefault="008A4AA3" w:rsidP="00FA54DC">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="TableGrid"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
@@ -9624,86 +9710,87 @@
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="954825209">
     <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="40" w16cid:durableId="1331252842">
     <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="41" w16cid:durableId="415784551">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="42" w16cid:durableId="848909296">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="43" w16cid:durableId="1295217899">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="44" w16cid:durableId="30888152">
     <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="153"/>
+  <w:zoom w:percent="126"/>
   <w:embedSystemFonts/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="204"/>
   <w:doNotHyphenateCaps/>
   <w:drawingGridHorizontalSpacing w:val="100"/>
   <w:drawingGridVerticalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="3"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0056403D"/>
     <w:rsid w:val="00000DF2"/>
+    <w:rsid w:val="00010A43"/>
     <w:rsid w:val="00013C82"/>
     <w:rsid w:val="000165CD"/>
     <w:rsid w:val="00025BB3"/>
     <w:rsid w:val="000345B6"/>
     <w:rsid w:val="00036D4F"/>
     <w:rsid w:val="000455D7"/>
     <w:rsid w:val="00045B31"/>
     <w:rsid w:val="000478B6"/>
     <w:rsid w:val="00052351"/>
     <w:rsid w:val="00062210"/>
     <w:rsid w:val="00062365"/>
     <w:rsid w:val="0006282B"/>
     <w:rsid w:val="0006500D"/>
     <w:rsid w:val="0007540E"/>
     <w:rsid w:val="00082164"/>
     <w:rsid w:val="00083C85"/>
     <w:rsid w:val="00086359"/>
     <w:rsid w:val="0008706F"/>
     <w:rsid w:val="00091706"/>
     <w:rsid w:val="000949B4"/>
     <w:rsid w:val="000B38BE"/>
     <w:rsid w:val="000B446E"/>
     <w:rsid w:val="000B56CD"/>
     <w:rsid w:val="000D547C"/>
     <w:rsid w:val="000D5517"/>
@@ -9773,91 +9860,94 @@
     <w:rsid w:val="00260194"/>
     <w:rsid w:val="00262674"/>
     <w:rsid w:val="0026285A"/>
     <w:rsid w:val="002641CA"/>
     <w:rsid w:val="0026544A"/>
     <w:rsid w:val="00266746"/>
     <w:rsid w:val="00271890"/>
     <w:rsid w:val="00273431"/>
     <w:rsid w:val="00273DEB"/>
     <w:rsid w:val="0027629C"/>
     <w:rsid w:val="00280449"/>
     <w:rsid w:val="0028181A"/>
     <w:rsid w:val="002820F0"/>
     <w:rsid w:val="00287708"/>
     <w:rsid w:val="00291FC6"/>
     <w:rsid w:val="00292040"/>
     <w:rsid w:val="00293399"/>
     <w:rsid w:val="00293797"/>
     <w:rsid w:val="00294D77"/>
     <w:rsid w:val="002A0D35"/>
     <w:rsid w:val="002A4354"/>
     <w:rsid w:val="002A7D01"/>
     <w:rsid w:val="002B2893"/>
     <w:rsid w:val="002B31A6"/>
     <w:rsid w:val="002C03D7"/>
+    <w:rsid w:val="002C28A3"/>
     <w:rsid w:val="002C5763"/>
     <w:rsid w:val="002D2464"/>
     <w:rsid w:val="002D4E61"/>
     <w:rsid w:val="002E2098"/>
     <w:rsid w:val="002E5BE9"/>
     <w:rsid w:val="002F58A3"/>
     <w:rsid w:val="002F5D30"/>
     <w:rsid w:val="002F61AB"/>
     <w:rsid w:val="002F666C"/>
     <w:rsid w:val="002F7AF6"/>
+    <w:rsid w:val="003112EC"/>
     <w:rsid w:val="00312276"/>
     <w:rsid w:val="00312F0C"/>
     <w:rsid w:val="00313D4B"/>
     <w:rsid w:val="00314352"/>
     <w:rsid w:val="003163BD"/>
     <w:rsid w:val="00333C94"/>
     <w:rsid w:val="00334186"/>
     <w:rsid w:val="003370B0"/>
     <w:rsid w:val="003375CD"/>
     <w:rsid w:val="00341F26"/>
     <w:rsid w:val="003439E3"/>
     <w:rsid w:val="00346A1C"/>
     <w:rsid w:val="00346BFA"/>
     <w:rsid w:val="00361C32"/>
     <w:rsid w:val="00362BAE"/>
     <w:rsid w:val="00362EBF"/>
     <w:rsid w:val="0036774B"/>
     <w:rsid w:val="00370209"/>
     <w:rsid w:val="003713A3"/>
     <w:rsid w:val="00372ED0"/>
     <w:rsid w:val="00376F69"/>
     <w:rsid w:val="003827A7"/>
     <w:rsid w:val="00383D83"/>
     <w:rsid w:val="00387768"/>
     <w:rsid w:val="00390AEB"/>
     <w:rsid w:val="00391A97"/>
     <w:rsid w:val="00392CBB"/>
     <w:rsid w:val="003A0CC6"/>
     <w:rsid w:val="003A420B"/>
     <w:rsid w:val="003B08BF"/>
     <w:rsid w:val="003B1772"/>
+    <w:rsid w:val="003B3B59"/>
     <w:rsid w:val="003C400F"/>
     <w:rsid w:val="003D4FA7"/>
     <w:rsid w:val="003E094F"/>
     <w:rsid w:val="003E18A7"/>
     <w:rsid w:val="003E27DB"/>
     <w:rsid w:val="003E3FC9"/>
     <w:rsid w:val="003E4DB5"/>
     <w:rsid w:val="003E5806"/>
     <w:rsid w:val="003E60D4"/>
     <w:rsid w:val="003E7F84"/>
     <w:rsid w:val="00401204"/>
     <w:rsid w:val="004109DA"/>
     <w:rsid w:val="00410EB9"/>
     <w:rsid w:val="00412C79"/>
     <w:rsid w:val="00417895"/>
     <w:rsid w:val="00421E3B"/>
     <w:rsid w:val="00422DA3"/>
     <w:rsid w:val="00423C2C"/>
     <w:rsid w:val="0043192F"/>
     <w:rsid w:val="00444883"/>
     <w:rsid w:val="004467D0"/>
     <w:rsid w:val="00447ED5"/>
     <w:rsid w:val="00452820"/>
     <w:rsid w:val="00455DD5"/>
     <w:rsid w:val="004666ED"/>
@@ -9868,66 +9958,68 @@
     <w:rsid w:val="00485C95"/>
     <w:rsid w:val="00491F05"/>
     <w:rsid w:val="004945B9"/>
     <w:rsid w:val="004A05F4"/>
     <w:rsid w:val="004A105C"/>
     <w:rsid w:val="004B0DF5"/>
     <w:rsid w:val="004B1CAF"/>
     <w:rsid w:val="004B40F7"/>
     <w:rsid w:val="004B4ED0"/>
     <w:rsid w:val="004B5A53"/>
     <w:rsid w:val="004B696B"/>
     <w:rsid w:val="004C388D"/>
     <w:rsid w:val="004C4D65"/>
     <w:rsid w:val="004C4D8F"/>
     <w:rsid w:val="004D0E4C"/>
     <w:rsid w:val="004D0FB5"/>
     <w:rsid w:val="004D4C80"/>
     <w:rsid w:val="004E2118"/>
     <w:rsid w:val="004E43BC"/>
     <w:rsid w:val="004F5EBD"/>
     <w:rsid w:val="004F6315"/>
     <w:rsid w:val="004F7983"/>
     <w:rsid w:val="004F7FA5"/>
     <w:rsid w:val="00501513"/>
     <w:rsid w:val="005021C5"/>
+    <w:rsid w:val="0051158B"/>
     <w:rsid w:val="00512515"/>
     <w:rsid w:val="00521715"/>
     <w:rsid w:val="00527912"/>
     <w:rsid w:val="00527DFC"/>
     <w:rsid w:val="00531643"/>
     <w:rsid w:val="00544781"/>
     <w:rsid w:val="00544C7E"/>
     <w:rsid w:val="00545095"/>
     <w:rsid w:val="00547B12"/>
     <w:rsid w:val="005507A5"/>
     <w:rsid w:val="005535E8"/>
     <w:rsid w:val="00563E6B"/>
     <w:rsid w:val="0056403D"/>
     <w:rsid w:val="0056780F"/>
     <w:rsid w:val="00570583"/>
     <w:rsid w:val="005722D2"/>
+    <w:rsid w:val="005727DD"/>
     <w:rsid w:val="00573610"/>
     <w:rsid w:val="00576B5A"/>
     <w:rsid w:val="00582F52"/>
     <w:rsid w:val="00584190"/>
     <w:rsid w:val="00585365"/>
     <w:rsid w:val="00586812"/>
     <w:rsid w:val="00587193"/>
     <w:rsid w:val="005909E0"/>
     <w:rsid w:val="0059168F"/>
     <w:rsid w:val="0059325F"/>
     <w:rsid w:val="005A09B4"/>
     <w:rsid w:val="005A123D"/>
     <w:rsid w:val="005A334D"/>
     <w:rsid w:val="005A4B50"/>
     <w:rsid w:val="005A5A55"/>
     <w:rsid w:val="005B2B31"/>
     <w:rsid w:val="005B3357"/>
     <w:rsid w:val="005B6C77"/>
     <w:rsid w:val="005C0DF1"/>
     <w:rsid w:val="005C13A7"/>
     <w:rsid w:val="005D04D7"/>
     <w:rsid w:val="005D1584"/>
     <w:rsid w:val="005D441F"/>
     <w:rsid w:val="005D4B91"/>
     <w:rsid w:val="005D50B6"/>
@@ -9954,50 +10046,51 @@
     <w:rsid w:val="006367A2"/>
     <w:rsid w:val="00637179"/>
     <w:rsid w:val="0063729A"/>
     <w:rsid w:val="006449E7"/>
     <w:rsid w:val="00644C51"/>
     <w:rsid w:val="00652CD9"/>
     <w:rsid w:val="00662951"/>
     <w:rsid w:val="00663688"/>
     <w:rsid w:val="006658B9"/>
     <w:rsid w:val="00666E8A"/>
     <w:rsid w:val="006674F1"/>
     <w:rsid w:val="00667857"/>
     <w:rsid w:val="00682592"/>
     <w:rsid w:val="00684D0D"/>
     <w:rsid w:val="00692C8A"/>
     <w:rsid w:val="00692D64"/>
     <w:rsid w:val="00697CE9"/>
     <w:rsid w:val="006B5B78"/>
     <w:rsid w:val="006B6870"/>
     <w:rsid w:val="006B7F79"/>
     <w:rsid w:val="006D45A4"/>
     <w:rsid w:val="006D52C4"/>
     <w:rsid w:val="006D5EB0"/>
     <w:rsid w:val="006D6B28"/>
     <w:rsid w:val="006E7983"/>
+    <w:rsid w:val="006F2BE0"/>
     <w:rsid w:val="00700C4D"/>
     <w:rsid w:val="00705C39"/>
     <w:rsid w:val="00705F3B"/>
     <w:rsid w:val="00706D9B"/>
     <w:rsid w:val="007077CB"/>
     <w:rsid w:val="00707B98"/>
     <w:rsid w:val="00712EA9"/>
     <w:rsid w:val="007132C3"/>
     <w:rsid w:val="00713F5C"/>
     <w:rsid w:val="00716888"/>
     <w:rsid w:val="00721CCB"/>
     <w:rsid w:val="00722D32"/>
     <w:rsid w:val="00726A89"/>
     <w:rsid w:val="00731791"/>
     <w:rsid w:val="00733A22"/>
     <w:rsid w:val="00735A5F"/>
     <w:rsid w:val="00737330"/>
     <w:rsid w:val="00744FB9"/>
     <w:rsid w:val="00750A28"/>
     <w:rsid w:val="00750E80"/>
     <w:rsid w:val="0075474E"/>
     <w:rsid w:val="00757C5E"/>
     <w:rsid w:val="0076229C"/>
     <w:rsid w:val="0076459C"/>
     <w:rsid w:val="007664C2"/>
@@ -10051,50 +10144,51 @@
     <w:rsid w:val="008708FE"/>
     <w:rsid w:val="00874BEE"/>
     <w:rsid w:val="00876E4C"/>
     <w:rsid w:val="00877879"/>
     <w:rsid w:val="00887BD5"/>
     <w:rsid w:val="00894A1B"/>
     <w:rsid w:val="00895CE5"/>
     <w:rsid w:val="00895ED8"/>
     <w:rsid w:val="008A4AA3"/>
     <w:rsid w:val="008B254B"/>
     <w:rsid w:val="008B2780"/>
     <w:rsid w:val="008B3C24"/>
     <w:rsid w:val="008B4C43"/>
     <w:rsid w:val="008B6F87"/>
     <w:rsid w:val="008B6FAD"/>
     <w:rsid w:val="008C0272"/>
     <w:rsid w:val="008C1EA3"/>
     <w:rsid w:val="008C5D07"/>
     <w:rsid w:val="008D0D44"/>
     <w:rsid w:val="008D1FCC"/>
     <w:rsid w:val="008D24B0"/>
     <w:rsid w:val="008D30DD"/>
     <w:rsid w:val="008E1082"/>
     <w:rsid w:val="008E152E"/>
     <w:rsid w:val="008E1EB4"/>
+    <w:rsid w:val="008E1F74"/>
     <w:rsid w:val="008E52D9"/>
     <w:rsid w:val="008F0CB8"/>
     <w:rsid w:val="008F1069"/>
     <w:rsid w:val="008F6626"/>
     <w:rsid w:val="00900BC0"/>
     <w:rsid w:val="009136C0"/>
     <w:rsid w:val="00914EE9"/>
     <w:rsid w:val="00916104"/>
     <w:rsid w:val="0092053A"/>
     <w:rsid w:val="00920B78"/>
     <w:rsid w:val="00926170"/>
     <w:rsid w:val="009273C3"/>
     <w:rsid w:val="00930AC6"/>
     <w:rsid w:val="00932953"/>
     <w:rsid w:val="00937A98"/>
     <w:rsid w:val="00937C65"/>
     <w:rsid w:val="00937FEA"/>
     <w:rsid w:val="0094412F"/>
     <w:rsid w:val="00946833"/>
     <w:rsid w:val="00953B61"/>
     <w:rsid w:val="00960FA9"/>
     <w:rsid w:val="0096736E"/>
     <w:rsid w:val="009721C1"/>
     <w:rsid w:val="0097465E"/>
     <w:rsid w:val="00974CE1"/>
@@ -10140,50 +10234,51 @@
     <w:rsid w:val="00A37A46"/>
     <w:rsid w:val="00A51634"/>
     <w:rsid w:val="00A51EAF"/>
     <w:rsid w:val="00A51F7A"/>
     <w:rsid w:val="00A535D1"/>
     <w:rsid w:val="00A54AFB"/>
     <w:rsid w:val="00A56CBC"/>
     <w:rsid w:val="00A57402"/>
     <w:rsid w:val="00A5793D"/>
     <w:rsid w:val="00A57FFC"/>
     <w:rsid w:val="00A65985"/>
     <w:rsid w:val="00A65E3E"/>
     <w:rsid w:val="00A70023"/>
     <w:rsid w:val="00A745B8"/>
     <w:rsid w:val="00A8007B"/>
     <w:rsid w:val="00A826A0"/>
     <w:rsid w:val="00A83C8C"/>
     <w:rsid w:val="00A90280"/>
     <w:rsid w:val="00A92B09"/>
     <w:rsid w:val="00A93295"/>
     <w:rsid w:val="00AA1DB3"/>
     <w:rsid w:val="00AA62CC"/>
     <w:rsid w:val="00AB123D"/>
     <w:rsid w:val="00AB2293"/>
     <w:rsid w:val="00AB4C4E"/>
+    <w:rsid w:val="00AB7DFE"/>
     <w:rsid w:val="00AC1858"/>
     <w:rsid w:val="00AC7717"/>
     <w:rsid w:val="00AD13B1"/>
     <w:rsid w:val="00AD31AD"/>
     <w:rsid w:val="00AE2258"/>
     <w:rsid w:val="00AE2804"/>
     <w:rsid w:val="00AE6022"/>
     <w:rsid w:val="00AE62A2"/>
     <w:rsid w:val="00AE6EFC"/>
     <w:rsid w:val="00AF1812"/>
     <w:rsid w:val="00AF5312"/>
     <w:rsid w:val="00AF5566"/>
     <w:rsid w:val="00AF5580"/>
     <w:rsid w:val="00B134DF"/>
     <w:rsid w:val="00B17B29"/>
     <w:rsid w:val="00B21503"/>
     <w:rsid w:val="00B243A0"/>
     <w:rsid w:val="00B26006"/>
     <w:rsid w:val="00B31ABC"/>
     <w:rsid w:val="00B349C7"/>
     <w:rsid w:val="00B43E0E"/>
     <w:rsid w:val="00B46082"/>
     <w:rsid w:val="00B515C5"/>
     <w:rsid w:val="00B558B9"/>
     <w:rsid w:val="00B55932"/>
@@ -10282,61 +10377,63 @@
     <w:rsid w:val="00CF7D53"/>
     <w:rsid w:val="00D00225"/>
     <w:rsid w:val="00D014DC"/>
     <w:rsid w:val="00D01C34"/>
     <w:rsid w:val="00D01F11"/>
     <w:rsid w:val="00D021B8"/>
     <w:rsid w:val="00D02889"/>
     <w:rsid w:val="00D02B53"/>
     <w:rsid w:val="00D03E8A"/>
     <w:rsid w:val="00D065D0"/>
     <w:rsid w:val="00D06AC6"/>
     <w:rsid w:val="00D131A7"/>
     <w:rsid w:val="00D135E1"/>
     <w:rsid w:val="00D14372"/>
     <w:rsid w:val="00D173E8"/>
     <w:rsid w:val="00D23BB6"/>
     <w:rsid w:val="00D242F7"/>
     <w:rsid w:val="00D26E1E"/>
     <w:rsid w:val="00D27AB0"/>
     <w:rsid w:val="00D27D03"/>
     <w:rsid w:val="00D35548"/>
     <w:rsid w:val="00D35599"/>
     <w:rsid w:val="00D36B3C"/>
     <w:rsid w:val="00D40E68"/>
     <w:rsid w:val="00D4171D"/>
+    <w:rsid w:val="00D429FB"/>
     <w:rsid w:val="00D46044"/>
     <w:rsid w:val="00D47F6B"/>
     <w:rsid w:val="00D55668"/>
     <w:rsid w:val="00D558D5"/>
     <w:rsid w:val="00D659C0"/>
     <w:rsid w:val="00D66B3F"/>
     <w:rsid w:val="00D6798E"/>
     <w:rsid w:val="00D707A9"/>
     <w:rsid w:val="00D738AD"/>
     <w:rsid w:val="00D76250"/>
     <w:rsid w:val="00D77263"/>
+    <w:rsid w:val="00D82222"/>
     <w:rsid w:val="00D853E3"/>
     <w:rsid w:val="00D86AA7"/>
     <w:rsid w:val="00D86C95"/>
     <w:rsid w:val="00D87013"/>
     <w:rsid w:val="00D92126"/>
     <w:rsid w:val="00DA0862"/>
     <w:rsid w:val="00DA0ED2"/>
     <w:rsid w:val="00DA2DE1"/>
     <w:rsid w:val="00DB09F1"/>
     <w:rsid w:val="00DB158D"/>
     <w:rsid w:val="00DB2C59"/>
     <w:rsid w:val="00DB4380"/>
     <w:rsid w:val="00DB47E2"/>
     <w:rsid w:val="00DB71B9"/>
     <w:rsid w:val="00DC07F3"/>
     <w:rsid w:val="00DC2A31"/>
     <w:rsid w:val="00DC39D1"/>
     <w:rsid w:val="00DC3AB5"/>
     <w:rsid w:val="00DC4835"/>
     <w:rsid w:val="00DD2CE3"/>
     <w:rsid w:val="00DD7DD5"/>
     <w:rsid w:val="00DE2781"/>
     <w:rsid w:val="00DE6C26"/>
     <w:rsid w:val="00DF216B"/>
     <w:rsid w:val="00DF25EF"/>
@@ -10787,50 +10884,51 @@
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-GB" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00BF101A"/>
     <w:pPr>
       <w:keepNext/>
       <w:adjustRightInd w:val="0"/>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:before="360" w:after="240"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:caps/>
       <w:kern w:val="28"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00BF101A"/>
     <w:pPr>
@@ -11538,50 +11636,64 @@
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1">
     <w:name w:val="正文1"/>
     <w:rsid w:val="00B26006"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:spacing w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="uz-Cyrl-UZ" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:rsid w:val="003B3B59"/>
+    <w:rPr>
+      <w:b/>
+      <w:caps/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-GB"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:encoding w:val="windows-1252"/>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1080/14649360903414585" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.wmf"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
 </file>
 
 <file path=word/_rels/footer5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://caravelpress.com/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sustainability-journal.com/" TargetMode="External"/></Relationships>
 </file>
@@ -11850,73 +11962,73 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21175F5B-34DB-44EE-92ED-6684B9814BEA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1295</Words>
-  <Characters>7386</Characters>
+  <Words>1292</Words>
+  <Characters>7368</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>61</Lines>
   <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Caravel Press Template</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8664</CharactersWithSpaces>
+  <CharactersWithSpaces>8643</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Caravel Press Template</dc:title>
   <dc:subject/>
   <dc:creator>-</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>